--- v0 (2025-12-10)
+++ v1 (2026-01-28)
@@ -117,78 +117,78 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="4480022" algn="l" defTabSz="1280006" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="2520" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="5120025" algn="l" defTabSz="1280006" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="2520" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns="" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="">
         <p15:guide id="1" orient="horz" pos="4032" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3024" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns="" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15627"/>
     <p:restoredTop sz="94648"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="51" d="100"/>
           <a:sy n="51" d="100"/>
         </p:scale>
         <p:origin x="-2338" y="-72"/>
       </p:cViewPr>
       <p:guideLst>
@@ -415,51 +415,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="it-IT"/>
               <a:t>Fare clic per modificare lo stile del sottotitolo dello schema</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Segnaposto data 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5C4CB370-D3CC-4E2B-B2D7-D209C05CCC4C}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>01/12/2025</a:t>
+              <a:t>12/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Segnaposto piè di pagina 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -583,51 +583,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="it-IT"/>
               <a:t>Quinto livello</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Segnaposto data 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5C4CB370-D3CC-4E2B-B2D7-D209C05CCC4C}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>01/12/2025</a:t>
+              <a:t>12/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Segnaposto piè di pagina 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -761,51 +761,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="it-IT"/>
               <a:t>Quinto livello</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Segnaposto data 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5C4CB370-D3CC-4E2B-B2D7-D209C05CCC4C}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>01/12/2025</a:t>
+              <a:t>12/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Segnaposto piè di pagina 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -929,51 +929,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="it-IT"/>
               <a:t>Quinto livello</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Segnaposto data 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5C4CB370-D3CC-4E2B-B2D7-D209C05CCC4C}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>01/12/2025</a:t>
+              <a:t>12/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Segnaposto piè di pagina 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1174,51 +1174,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="it-IT"/>
               <a:t>Fare clic per modificare stili del testo dello schema</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Segnaposto data 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5C4CB370-D3CC-4E2B-B2D7-D209C05CCC4C}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>01/12/2025</a:t>
+              <a:t>12/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Segnaposto piè di pagina 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1459,51 +1459,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="it-IT"/>
               <a:t>Quinto livello</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Segnaposto data 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5C4CB370-D3CC-4E2B-B2D7-D209C05CCC4C}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>01/12/2025</a:t>
+              <a:t>12/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Segnaposto piè di pagina 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1878,51 +1878,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="it-IT"/>
               <a:t>Quinto livello</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Segnaposto data 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5C4CB370-D3CC-4E2B-B2D7-D209C05CCC4C}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>01/12/2025</a:t>
+              <a:t>12/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Segnaposto piè di pagina 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1995,51 +1995,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="it-IT"/>
               <a:t>Fare clic per modificare lo stile del titolo</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Segnaposto data 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5C4CB370-D3CC-4E2B-B2D7-D209C05CCC4C}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>01/12/2025</a:t>
+              <a:t>12/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Segnaposto piè di pagina 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2090,51 +2090,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Segnaposto data 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5C4CB370-D3CC-4E2B-B2D7-D209C05CCC4C}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>01/12/2025</a:t>
+              <a:t>12/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Segnaposto piè di pagina 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2365,51 +2365,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="it-IT"/>
               <a:t>Fare clic per modificare stili del testo dello schema</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Segnaposto data 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5C4CB370-D3CC-4E2B-B2D7-D209C05CCC4C}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>01/12/2025</a:t>
+              <a:t>12/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Segnaposto piè di pagina 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2617,51 +2617,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="it-IT"/>
               <a:t>Fare clic per modificare stili del testo dello schema</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Segnaposto data 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5C4CB370-D3CC-4E2B-B2D7-D209C05CCC4C}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>01/12/2025</a:t>
+              <a:t>12/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Segnaposto piè di pagina 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2832,51 +2832,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="480060" y="11865189"/>
             <a:ext cx="2240280" cy="681567"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1260">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{5C4CB370-D3CC-4E2B-B2D7-D209C05CCC4C}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>01/12/2025</a:t>
+              <a:t>12/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Segnaposto piè di pagina 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3280410" y="11865189"/>
             <a:ext cx="3040380" cy="681567"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3441,101 +3441,101 @@
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="it-IT" sz="3200" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>                          Palazzo Guglielmi</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="CasellaDiTesto 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F60B3F8F-C1D3-D3D2-9DCF-2C4B364EE0D5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F60B3F8F-C1D3-D3D2-9DCF-2C4B364EE0D5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="659519" y="8393328"/>
             <a:ext cx="8224994" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="it-IT" sz="4000" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Le ricostruzioni di Guido </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="it-IT" sz="4000" b="1" dirty="0" err="1">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Dresti</a:t>
             </a:r>
             <a:endParaRPr lang="it-IT" sz="4000" b="1" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="CasellaDiTesto 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8348DB5C-C1F3-C60E-0A4A-67E568029103}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8348DB5C-C1F3-C60E-0A4A-67E568029103}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1241918" y="9213722"/>
             <a:ext cx="8043536" cy="3416320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="it-IT" sz="2400" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
@@ -3556,51 +3556,65 @@
           <a:p>
             <a:r>
               <a:rPr lang="it-IT" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Visite fuori orario su appuntamento.</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="it-IT" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="it-IT" sz="2400" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Rimarrà chiusa il giorno di Natale e il primo giorno dell’anno.</a:t>
+              <a:t>Rimarrà </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="it-IT" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>chiusa </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="it-IT" sz="2400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>il primo giorno dell’anno.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="it-IT" sz="2400" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="it-IT" sz="2400" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Craveggia, Palazzo Guglielmi – Via Provinciale, 12</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="it-IT" sz="2400" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="it-IT" sz="1600" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>